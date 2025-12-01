--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a86cd710de7456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e796e996d95a4a9bb4da188e3ca7d5ef.psmdcp" Id="R04015a2fa23b4fd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0903e4591a46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed7929d47aa34fa685a8ca2db46ce8f3.psmdcp" Id="R0fc1ccbfb5954a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/8/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 12/2/2025 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>