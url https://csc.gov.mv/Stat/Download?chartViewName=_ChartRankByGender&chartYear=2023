--- v1 (2025-12-01)
+++ v2 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0903e4591a46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed7929d47aa34fa685a8ca2db46ce8f3.psmdcp" Id="R0fc1ccbfb5954a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4b98f4006d4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2326c07f4764aa9a353470d3bc4277b.psmdcp" Id="R65d56a5828654d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 12/2/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>