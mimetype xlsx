--- v2 (2026-01-31)
+++ v3 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4b98f4006d4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2326c07f4764aa9a353470d3bc4277b.psmdcp" Id="R65d56a5828654d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refea18ed80bc46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9d2da4253b242729e1c62106b3c640f.psmdcp" Id="R7818f669a5464cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Rank By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -259,51 +259,51 @@
   <x:si>
     <x:t>CIVIL SERVICE 14-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 7-4</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 13-5</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-6</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 18-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 17-2</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 16-3</x:t>
   </x:si>
   <x:si>
     <x:t>CIVIL SERVICE 10-3</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
+    <x:t>Generated on: 3/22/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>