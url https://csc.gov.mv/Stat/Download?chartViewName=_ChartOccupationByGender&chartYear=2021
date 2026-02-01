--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137b95863ded442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f227b4b27504674a4f810743de1dc85.psmdcp" Id="R6b6b2e1130d44f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f2a22e07fb4563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c78ba6b6b4bf4da9bed8f8500978f8f6.psmdcp" Id="R5be1ed88b34d448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Occupation By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>SEISMOLOGY</x:t>
   </x:si>
   <x:si>
     <x:t>FOREIGN SERVICE (CORPORATE FUNCTION - TECHNICAL)</x:t>
   </x:si>
   <x:si>
     <x:t>Chief Executive, Utility Regulatory Authority</x:t>
   </x:si>
   <x:si>
     <x:t>ELEMENTARY OCCUPATIONS (IMMIGRATION SECTOR) (TRANSPORT SERVICE ASSISTANTS)</x:t>
   </x:si>
   <x:si>
     <x:t>CLIMATOLOGY</x:t>
   </x:si>
   <x:si>
     <x:t>UNSPECIFIED</x:t>
   </x:si>
   <x:si>
     <x:t>AVIATION</x:t>
   </x:si>
   <x:si>
     <x:t>FOREIGN SERVICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/8/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>