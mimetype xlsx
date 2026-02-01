--- v1 (2026-02-01)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f2a22e07fb4563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c78ba6b6b4bf4da9bed8f8500978f8f6.psmdcp" Id="R5be1ed88b34d448c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3568ebab7544b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b21a258e5a644388fbf91f32ceb15f2.psmdcp" Id="Rc5bd1c33a35d4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Occupation By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>