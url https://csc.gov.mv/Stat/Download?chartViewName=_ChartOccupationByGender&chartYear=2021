--- v2 (2026-02-01)
+++ v3 (2026-03-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3568ebab7544b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b21a258e5a644388fbf91f32ceb15f2.psmdcp" Id="Rc5bd1c33a35d4f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc3091ae4094c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c88e761422f04e11a9746928e26cf874.psmdcp" Id="Rfe91d133c0f3412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Occupation By Gender</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -187,51 +187,51 @@
   <x:si>
     <x:t>SEISMOLOGY</x:t>
   </x:si>
   <x:si>
     <x:t>FOREIGN SERVICE (CORPORATE FUNCTION - TECHNICAL)</x:t>
   </x:si>
   <x:si>
     <x:t>Chief Executive, Utility Regulatory Authority</x:t>
   </x:si>
   <x:si>
     <x:t>ELEMENTARY OCCUPATIONS (IMMIGRATION SECTOR) (TRANSPORT SERVICE ASSISTANTS)</x:t>
   </x:si>
   <x:si>
     <x:t>CLIMATOLOGY</x:t>
   </x:si>
   <x:si>
     <x:t>UNSPECIFIED</x:t>
   </x:si>
   <x:si>
     <x:t>AVIATION</x:t>
   </x:si>
   <x:si>
     <x:t>FOREIGN SERVICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
+    <x:t>Generated on: 3/24/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>