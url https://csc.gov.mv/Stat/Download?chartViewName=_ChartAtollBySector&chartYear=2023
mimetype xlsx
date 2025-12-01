--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe36ab3e64a0445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0679974a786146e79a82f0e64a98a43a.psmdcp" Id="Rdd1668203f744157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0529bb5d1e9440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ad504584abd46ab882be111352b10c4.psmdcp" Id="R8fd5a23b8f6c4709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Atoll By Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>North Huvadhu Atoll (GA)</x:t>
   </x:si>
   <x:si>
     <x:t>GA</x:t>
   </x:si>
   <x:si>
     <x:t>South Huvadhu Atoll (GDh)</x:t>
   </x:si>
   <x:si>
     <x:t>GDh</x:t>
   </x:si>
   <x:si>
     <x:t>Fuvahmulah (Gn)</x:t>
   </x:si>
   <x:si>
     <x:t>Gn</x:t>
   </x:si>
   <x:si>
     <x:t>Addu Atoll (S)</x:t>
   </x:si>
   <x:si>
     <x:t>S</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 10/8/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 12/2/2025 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>