--- v1 (2025-12-01)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0529bb5d1e9440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ad504584abd46ab882be111352b10c4.psmdcp" Id="R8fd5a23b8f6c4709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eec6cd642f240f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d521ad5a7bbd46428570311453504683.psmdcp" Id="R15c4085d55e24d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Atoll By Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>North Huvadhu Atoll (GA)</x:t>
   </x:si>
   <x:si>
     <x:t>GA</x:t>
   </x:si>
   <x:si>
     <x:t>South Huvadhu Atoll (GDh)</x:t>
   </x:si>
   <x:si>
     <x:t>GDh</x:t>
   </x:si>
   <x:si>
     <x:t>Fuvahmulah (Gn)</x:t>
   </x:si>
   <x:si>
     <x:t>Gn</x:t>
   </x:si>
   <x:si>
     <x:t>Addu Atoll (S)</x:t>
   </x:si>
   <x:si>
     <x:t>S</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 12/2/2025 12:00:00 AM</x:t>
+    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>