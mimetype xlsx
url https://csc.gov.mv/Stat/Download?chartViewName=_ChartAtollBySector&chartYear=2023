--- v2 (2026-02-01)
+++ v3 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eec6cd642f240f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d521ad5a7bbd46428570311453504683.psmdcp" Id="R15c4085d55e24d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d73bb86d6840e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aab11be6e8e94d939476f1f31523a7f4.psmdcp" Id="R895a5c74b2e44fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Atoll By Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>