--- v3 (2026-02-01)
+++ v4 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d73bb86d6840e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aab11be6e8e94d939476f1f31523a7f4.psmdcp" Id="R895a5c74b2e44fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517881f327d04dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cd5aa3d9f58451485718e40c7475397.psmdcp" Id="R8a6af0eb22ef446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <x:si>
     <x:t>Atoll By Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Id</x:t>
   </x:si>
   <x:si>
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>North Huvadhu Atoll (GA)</x:t>
   </x:si>
   <x:si>
     <x:t>GA</x:t>
   </x:si>
   <x:si>
     <x:t>South Huvadhu Atoll (GDh)</x:t>
   </x:si>
   <x:si>
     <x:t>GDh</x:t>
   </x:si>
   <x:si>
     <x:t>Fuvahmulah (Gn)</x:t>
   </x:si>
   <x:si>
     <x:t>Gn</x:t>
   </x:si>
   <x:si>
     <x:t>Addu Atoll (S)</x:t>
   </x:si>
   <x:si>
     <x:t>S</x:t>
   </x:si>
   <x:si>
-    <x:t>Generated on: 2/1/2026 12:00:00 AM</x:t>
+    <x:t>Generated on: 3/22/2026 12:00:00 AM</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>